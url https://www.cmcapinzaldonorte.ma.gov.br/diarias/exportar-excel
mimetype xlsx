--- v0 (2025-11-30)
+++ v1 (2026-03-01)
@@ -44,54 +44,54 @@
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Agente</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Cidade</t>
   </si>
   <si>
     <t>Valor unitário</t>
   </si>
   <si>
     <t>Quantidade</t>
   </si>
   <si>
     <t>Valor total</t>
   </si>
   <si>
-    <t>21/08/2025</t>
-[...2 lines deleted...]
-    <t>21/08/2025 a 21/08/2025</t>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025 a 01/12/2025</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2025 (ATÉ A PRESENTE DATA)</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2025 (ATÉ A PRESENTE DATA) - DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2025 (ATÉ A PRESENTE DATA)</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>MOTIVO:DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2025 (ATÉ A PRESENTE DATA)</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>31/12/2024 a 31/12/2024</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2024</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2024 - DECLARAÇÃO DE INEXISTÊNCIA DE PAGAMENTO DE DIÁRIAS, NO PAÍS E NO EXTERIOR – EXERCÍCIO 2024</t>
   </si>